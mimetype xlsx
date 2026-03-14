--- v0 (2025-12-04)
+++ v1 (2026-03-14)
@@ -51,456 +51,456 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O EXERCÍCIO 2016 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO NO PAGAMENTO DE TAXAS DE INSCRIÇÃO EM CONCURSOS PÚBLICOS NO ÂMBITO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA OS ELEITORES CONVOCADOS E NOMEADOS QUE EFETIVAMENTE TRABALHAREM COMO MESÁRIOS NAS ELEIÇÕES POLÍTICO-PARTIDÁRIAS, EM PLEBISCITOS E EM REFERENDOS REALIZADOS PELA JUSTIÇA ELEITORAL DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO CAXINGÓ, ESTADO DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO 2016 E, DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR / RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART. 100, PARÁGRAFOS 3° E 4° DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 067/2014, ADEQUANDO A DESIGNAÇÃO DOS CARGOS DE MÉDICO, ODONTÓLOGO E ENFERMEIRO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº. 28, DE 13 DE SETEMBRO DE 2010 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>DR WASHINGTON LUIZ BRITO DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO 2016 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O EXERCÍCIO 2.016 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE PISO SALARIAL PROFISSIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CARLIM MARICOTA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, O DIA MUNICIPAL DO EVANGÉLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR/RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART. 100, PARÁGRAFOS 3° E 4° DA CONSTITUIÇÃO FEDERAL E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO / CONSELHO DO FUNDEB E REVOGA TODAS AS NORMAS MUNICIPAIS QUE DISPÕE SOBRE A MATÉRIA, ESPECIALMENTE A LEI MUNICIPAL N°. 015/1997 E O DECRETO N°. 018/2010.</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR/RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART. 100, PARÁGRAFOS 3° E 4° DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O ACESSO ÀS INFORMAÇÕES DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Publicação Diário Oficial</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A LEILOAR VEÍCULO EM PÉSSIMO ESTADO DE RECUPERAÇÃO ABAIXO QUALIFICADO E, DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA E FIXA OS SUBSÍDIOS DE VEREADORES DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O PERÍODO LEGISLATIVO DE 2015 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ATUALIZAÇÃO DO PISO SALARIAL AOS PROFESSORES DO MUNICÍPIO DE CAXINGÓ - PI, PARA O ANO DE 2015 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL DA PLANÍCIE LITORÂNEA PIAUIENSE COMO ÓRGÃO OFICIAL DE PUBLICAÇÃO E DIVULGAÇÃO DOS ATOS OFICIAIS DO MUNICÍPIO DE CAXINGÓ(PI) E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 100 DA LEI N°. 024, DE 15 DE JUNHO DE 2010, ACRESCENTANDO OS §§ 4°, 5°, 6° E 7° E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CHEFE DO PODER EXECUTIVO A CONCEDER AUMENTO SALARIAL AO VENCIMENTO DE SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS, AUXILIAR DE SERVIÇOS GERAIS; AUXILIAR DE VIGILÂNCIA SANITÁRIA; AGENTE DE ENDEMIAS; COVEIRO; MENSAGEIRO; MERENDEIRA; PASSADOR; PINTOR; TELEFONISTA; VIGIA E ZELADOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE CAXINGÓ - PI E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO COMITÊ DE INVESTIMENTOS DO REGIME FUNDO DE PREVIDÊNCIA PRÓPRIA DE CAXINGÓ - CAXINGÓ PREV E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL N°. 28, DE 13 DE SETEMBRO DE 2010 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAÇÃO DE IMÓVEL RURAL À FAMÍLIA CARENTE. AUTORIA: VEREADOR RENATO NERIS VERAS FILHO (RENATO FILHO / PT).</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ QUE SEJA ENVIADO À CÂMARA MUNICIPAL PROJETO DE LEI DE ATUALIZAÇÃO SALARIAL PROFISSIONAIS DA SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ A CRIAÇÃO DE UM POSTO DE SAÚDE PARA AS COMUNIDADES ALEGRE DA EMA / BAIXA FRIA.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ, QUE SEJA ENVIADO À CÂMARA MUNICIPAL, PROJETO DE LEI DE ATUALIZAÇÃO SALARIAL PARA PSICÓLOGOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -807,68 +807,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>