--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,360 +54,360 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>JOÃO LIMA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE 02 (DUAS) LOMBADAS NA PI 305, BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CHICO BARROSO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UM) POSTO DE SAÚDE PARA A COMUNIDADE ENTRE-CAATINGA, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UMA) PASSAGEM MOLHADA PARA ENTRE-CAATINGA, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>DR WASHINGTON LUIZ BRITO DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO 2017 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS, RENATO DAS CAJAZEIRAS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA E FIXA OS SUBSÍDIOS DE VEREADORES DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O PERÍODO LEGISLATIVO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ATUALIZAÇÃO DO PISO SALARIAL AOS PROFISSIONAIS DA EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO PLANO DE CARREIRA, CARGOS, VENCIMENTO E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO/MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ - PIAUÍ, EM CONFORMIDADE COM O ARTIGO 6° DA LEI N°. 11.738, DE 16 DE JULHO DE 2008, E COM BASE NOS ARTIGOS 206 E 211 DA CONSTITUIÇÃO FEDERAL, DOS ARTIGOS 8°, § 1°, E 67 DA LEI N°. 9.394, DE 20 DE DEZEMBRO DE 1996, E NO ARTIGO 40 DA LEI N°. 11.494, DE 20 DE JUNHO DE 2007, E LEI 12.014, DE 06 DE AGOSTO DE 2009, ARTIGO 1° INCISOS I, II E III.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DO VENCIMENTO DE SALÁRIO DE PROVIMENTO DE CARGOS EFETIVOS DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 067/2014, ADEQUANDO A DESIGNAÇÃO DOS CARGOS DE MÉDICO, ODONTÓLOGO E ENFERMEIRO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 067/2014, CRIANDO CARGOS DE PROVIMENTO EFETIVO DE MÉDICO DA ESTRATÉGIA DA SAÚDE DA FAMÍLIA E CIRURGIÃO DENTISTA DA ESTRATÉGIA DA SAÚDE DA FAMÍLIA, NO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, ALÍNEA "A" DA LEI MUNICIPAL N°. 067/2014, CRIANDO CARGOS DE PROVIMENTO EFETIVO DE FARMACÊUTICO E DIGITADOR NO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, ALÍNEAS "A" E "B" DA LEI MUNICIPAL N°. 067/2014, REAJUSTANDO OS VENCIMENTOS DE CARGOS DE PROVIMENTO EFETIVO E COMISSIONADOS DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL URBANO DESTINADO A INSTALAÇÃO DE CRECHE PRO INFÂNCIA TIPO II.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>RAIMUNDO OLIVEIRA, RENATO DAS CAJAZEIRAS, ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA A LEGISLATURA DE 2017/2020 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DATAS E HORÁRIO DAS SESSÕES ORDINÁRIAS DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, EXERCÍCIO 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MANUAL DO SISTEMA DE CONTROLE INTERNO DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Publicação Diário Oficial</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MANUAL DO SISTEMA DE CONTROLE INTERNO DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REESTRUTURAÇÃO DO PLANO DE CARREIRA, CARGOS, VENCIMENTO E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO/MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ - PIAUÍ, EM CONFORMIDADE COM O ARTIGO 6° DA LEI N°. 11.738, DE 16 DE JULHO DE 2008, E COM BASE NOS ARTIGOS 206 E 211 DA CONSTITUIÇÃO FEDERAL, DOS ARTIGOS 8°, § 1°, E 67 DA LEI N°. 9.394, DE 20 DE DEZEMBRO DE 1996, E NO ARTIGO 40 DA LEI N°. 11.494, DE 20 DE JUNHO DE 2007, E LEI 12.014, DE 06 DE AGOSTO DE 2009, ARTIGO 1° INCISOS I, II E III. </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL À ADQUIRIR IMÓVEL URBANO DESTINADO A INSTALAÇÃO DE CRECHE PRO INFÂNCIA TIPO II.</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ, PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ QUE SEJA ENVIADO À CÂMARA MUNICIPAL PROJETO DE LEI DE ATUALIZAÇÃO SALARIAL PARA OS MOTORISTAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -714,68 +714,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>