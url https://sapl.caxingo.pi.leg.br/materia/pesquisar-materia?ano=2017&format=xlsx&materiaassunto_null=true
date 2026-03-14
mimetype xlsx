--- v0 (2025-12-04)
+++ v1 (2026-03-14)
@@ -54,666 +54,666 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>RENATO DAS CAJAZEIRAS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UMA) CABANA ÀS MARGENS DA PI 211, INÍCIO DA ESTRADA VICINAL QUE DÁ ACESSO AO POVOADO CAJAZEIRAS DE BAIXO, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REGINALDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UM) POÇO TUBULAR COM SISTEMA DE ABASTECIMENTO INTEGRADO, PARA O POVOADO CAJAZEIRAS DE CIMA, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA E MANUTENÇÃO DO BATELÃO DO ENTRE-CAATINGA, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOÃO MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UMA) QUADRA POLIESPORTIVA PARA A COMUNIDADE ENTRE-CAATINGA, ZONA RURAL, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ZE MARIA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE BUEIROS PARA AS ESTRADAS VICINAIS, TRECHOS ENTRE-CAATINGA / CAJAZEIRAS DE BAIXO E, DA PI 305 / ALTO DOS BORGES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UMA) PRAÇA DE EVENTOS PARA A COMUNIDADE CAJAZEIRAS DE BAIXO, ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 1.000 (HUM MIL) METROS DE ENCANAÇÃO PARA O SISTEMA DE ABASTECIMENTO DE ÁGUA DO POVOADO OLHO D&amp;#8217;ÁGUA DA MUCURA, ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UM) POÇO TUBULAR COM SISTEMA DE ABASTECIMENTO DE ÁGUA INTEGRADO E, 1.000 (HUM MIL) METROS DE ENCANAÇÃO, PARA O POVOADO JENIPAPEIRO DO D8, ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 5.000 (CINCO MIL) METROS DE CALÇAMENTO, PARA O POVOADO ENTRE-CAATINGA, ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Plano Plurianual (PPA)</t>
   </si>
   <si>
     <t>DR WASHINGTON LUIZ BRITO DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE CAXINGÓ - PIAUÍ, PARA O PERÍODO DE 2018 À 2021 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO DE CAXINGÓ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS A SEREM OBSERVADAS NA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2018 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ, EM R$23.788.300,00 (VINTE E TRÊS MILHÕES, SETECENTOS E OITENTA E OITO MIL, TREZENTOS REAIS), PARA O EXERCÍCIO FINANCEIRO DE 2018 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>PEDRO BRITO, BRUNO OLIVEIRA, JOÃO MIRANDA, ZE MARIA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA E FIXA OS SUBSÍDIOS DE VEREADORES DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA O PERÍODO LEGISLATIVO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇAO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇAO SANITARIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL, NO MUNICIPIO DE CAXINGO, ESTADO DO PIAUI, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A JUNTA MÉDICA OFICIAL DO MUNICÍPIO DE CAXINGÓ-PI E A FUNÇÃO GRATIFICADA DE MÉDICO-PERITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A FORMA DE DESCARTE DOS LIVROS DIDÁTICOS DA REDE MUNICIPAL DE ENSINO, CLASSIFICADOS COMO IRRECUPERÁVEIS E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ(PI), AJUSTANDO-A AO PISO NACIONAL CONFORME A LEI FEDERAL N°. 11.738/08 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5°. DA LEI N°. 110/2017 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL À ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO PROGRAMA VIGENTE, NO VALOR DE R$ 70.000,00 (SETENTA MIL REAIS) DESTINADO À OPERACIONALIZAÇÃO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO DE SERVIDORES TEMPORÁRIOS PARA A SECRETARIA DE EDUCAÇÃO, PARA OS CARGOS QUE ESPECIFICA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ADQUIRIR IMÓVEL NA ZONA RURAL DO MUNICÍPIO DE CAXINGÓ(PI) E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO V, ART. 60, DA LEI MUNICIPAL N°. 077/2014, QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CAXINGÓ PARA INCLUIR O PLANO DE EQUACIONAMENTO DO DÉFICIT ATUARIAL.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ(PI), CONTRATADOS COM TEMPO DETERMINADO ATRAVÉS DO PROCESSO SELETIVO SIMPLIFICADO N°. 001/2017, AJUSTANDO-A AO PISO NACIONAL, CONFORME A LEI FEDERAL N°. 11.738/08 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REGULAMENTAR AS DOAÇÕES DE IMÓVEL PERTENCENTE AO PATRIMÔNIO MUNICIPAL PARA FAMÍLIAS EM SITUAÇÃO DE HIPOSSUFICIÊNCIA E VULNERABILIDADE SOCIAL E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENADORIA MUNICIPAL DE POLÍTICAS PARA MULHER, VINCULADA AO GABINETE DO PREFEITO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO ACADEMIA DE SAÚDE MANOEL ALVES RIBEIRO.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS II E III DA RESOLUÇÃO N°. 002, DE 12 DE MARÇO DE 2012, QUE CRIA CARGOS EFETIVOS E DE PROVIMENTO EM COMISSÃO NO QUADRO DE PESSOAL DA CÂMARA DE VEREADORES DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DATAS E HORÁRIO DAS SESSÕES ORDINÁRIAS DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, EXERCÍCIO 2017 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PEDRO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DATAS E HORÁRIO DAS SESSÕES ORDINÁRIAS DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, EXERCÍCIO 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA RESOLUÇÃO N°. 009/2015, DE 10 DE FEVEREIRO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Publicação Diário Oficial</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO DE LICITAÇÃO DA CÂMARA MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO DE CAXINGÓ.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, PARA A LEGISLATURA 2017/2020 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO V, ART. 58, DA LEI MUNICIPAL N°. 077/2014, QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CAXINGÓ PARA INCLUIR O PLANO DE EQUACIONAMENTO DO DÉFICIT ATUARIAL.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS A SEREM OBSERVADAS NA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ(PI), CONTRATADOS COM TEMPO DETERMINADO ATRAVÉS DO PROCESSO SELETIVO SIMPLIFICADO N° 001/2017, AJUSTANDO-A AO PISO NACIONAL CONFORME A LEI FEDERAL N° 11.738/08, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REGULAMENTAR AS DOAÇÕES DE IMÓVEL PERTENCENTE AO PATRIMÔNIO MUNICIPAL PARA FAMÍLIAS EM SITUAÇÃO DE HIPOSSUFICIÊNCIA E VULNERABILIDADE SOCIAL E DA OUTRAS PROVIDENCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE CAXINGÓ - PIAUÍ PARA O PERÍODO DE 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGO EM R$ 23.788.300,00 (VINTE E TRÊS MILHÕES, SETECENTOS E OITENTA E OITO MIL E TREZENTOS REAIS), PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENADORIA MUNICIPAL DE POLÍTICAS PARA MULHER, VINCULADA AO GABINETE DO PREFEITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA DA FUNÇÃO DE VEREADOR DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, COM BASE NO ART. 27, III, §1°, DA LEI ORGÂNICA MUNICIPAL; E ART. 256, III, §2°, DO REGIMENTO INTERNO DESTA CASA.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>VALDECI SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL CESSÃO DE IMÓVEL PÚBLICO PARA FAMÍLIA CARENTE, BAIRRO BOM JESUS, SEDE, CAXINGÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>RENATO DAS CAJAZEIRAS, REGINALDO SILVA, ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ QUE SEJA ENVIADO À CÂMARA MUNICIPAL PROJETO DE LEI DE ATUALIZAÇÃO SALARIAL PARA OS MOTORISTAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>APÓS OUVIR O DOUTO PLENÁRIO, REQUEIRO À MESA DIRETORA QUE SEJA OFICIADO AO ILUSTRÍSSIMO SENHOR DIRETOR DA RÁDIO COMUNITÁRIA LONGÁ FM 104,9 MHZ, A  FIM  DE  QUE,  NA  MEDIDA  DO  POSSÍVEL, ESTUDE A POSSIBILIDADE DE TRANSMITIR AS SESSÕES REALIZADAS PELA CÂMARA MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1020,68 +1020,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>