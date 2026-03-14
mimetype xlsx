--- v0 (2025-12-04)
+++ v1 (2026-03-14)
@@ -54,357 +54,357 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>REGINALDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/179/179_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE 01 (UM) FONOAUDIÓLOGO PARA ATENDER O MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>DR WASHINGTON LUIZ BRITO DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/192/pldo_08.2018_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/192/pldo_08.2018_pmc.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS A SEREM OBSERVADAS NA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/194/ploa_08.2018_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/194/ploa_08.2018_pmc.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAXINGÓ EM R$24.945.000,00 (VINTE E QUATRO MILHÕES, NOVECENTOS E QUARENTA E CINCO MIL REAIS), PARA O EXERCÍCIO FINANCEIRO DE 2019 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICIPIO DE CAXINGÓ(PI), AJUSTANDO-A AO PISO NACIONAL CONFORME A LEI FEDERAL N°. 11.738/08 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AOS SERVIDORES ATIVOS INTEGRANTES DO QUADRO PRÓPRIO DO PODER EXECUTIVO DO MUNICÍPIO DE CAXINGÓ(PI), ALTERA A LEI MUNICIPAL N°. 067/2014, DE 14 DE ABRIL DE 2014 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JOÃO MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO UNIDADE ESCOLAR DOMINGAS NERIS VERAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/180/180_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DE CAXINGÓ E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/191/191_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ, A REALIZAR LEILÃO PÚBLICO DOS BENS CONSIDERADOS INSERVÍVEIS E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ZE MARIA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/197/pl_009.2018_ze_maria.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/197/pl_009.2018_ze_maria.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Denominação de Prédio Público QUADRA POLIESPORTIVA ANTONIO RODRIGUES DE SOUSA.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>PEDRO BRITO, BRUNO OLIVEIRA, JOÃO MIRANDA, ZE MARIA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DATAS E HORÁRIO DAS SESSÕES ORDINÁRIAS DO PODER LEGISLATIVO DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, EXERCÍCIO 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/190/190_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E DISCIPLINA O REGIME DE ADIANTAMENTO DE NUMERÁRIO AOS SERVIDORES DA CÂMARA MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Publicação Diário Oficial</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/181/181_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AOS SERVIDORES ATIVOS INTEGRANTES DO QUADRO PRÓPRIO DO PODER EXECUTIVO DO MUNICÍPIO DE CAXINGÓ(PI), ALTERA A LEI MUNICIPAL N° 067/2014, DE 14 DE ABRIL DE 2014 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/182/182_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAXINGÓ(PI), AJUSTANDO-A AO PISO NACIONAL CONFORME A LEI FEDERAL N° 11.738/08, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/183/183_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO ESCOLA MUNICIPAL DOMINGAS NERIS VÉRAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DE CAXINGÓ E, ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/243/lei_130-18_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/243/lei_130-18_public.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos integrantes do quadro próprio do Poder Executivo do município de Caxingó(PI), altera a lei municipal nº. 067/2014, de 14 de abril de 2014 e, dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/244/lei_131-18_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/244/lei_131-18_public.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal de Caxingó-PI, a realizar leilão público dos bens considerados inservíveis.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/193/lei_municipal_132.2018_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/193/lei_municipal_132.2018_public.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias a serem observadas na elaboração e execução da lei orçamentária para o exercício financeiro de 2019 e, dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/249/lei_133-18_loa_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/249/lei_133-18_loa_public.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de CAXINGÓ em R$24.945.000,00 (vinte e quatro milhões, novecentos e quarenta e cinco mil reais), para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDE À PREFEITURA MUNICIPAL DE CAXINGÓ, ESTADO DO PIAUÍ, QUE SEJA ENVIADO À ESTA CÂMARA MUNICIPAL, PROJETO DE LEI, CRIANDO O CARGO DE CUIDADOR, NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, QUANDO NECESSÁRIO AO EDUCANDO PORTADOR DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/195/requerimento_002.2018_ze.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/195/requerimento_002.2018_ze.pdf</t>
   </si>
   <si>
     <t>Pede à Prefeitura Municipal de Caxingó que seja enviado à Câmara Municipal projeto de lei que autoriza perfuração de 01(um) poço artesiano na Localidade Cocalinho município de Caxingó-PI, que visa atender as famílias dessa localidade.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/196/requerimento_003.2018_ze.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/196/requerimento_003.2018_ze.pdf</t>
   </si>
   <si>
     <t>Pede à Prefeitura Municipal de Caxingó que faça à locação de uma área de terra para o funcionamento de 01(um) campo de futebol na Localidade Placa do Cocal zona Rural de Caxingó-PI, que visa atender os moradores das regiões vizinhas que praticam à modalidade esportiva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -711,68 +711,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/192/pldo_08.2018_pmc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/194/ploa_08.2018_pmc.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/197/pl_009.2018_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/243/lei_130-18_public.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/244/lei_131-18_public.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/193/lei_municipal_132.2018_public.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/249/lei_133-18_loa_public.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/195/requerimento_002.2018_ze.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/196/requerimento_003.2018_ze.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/192/pldo_08.2018_pmc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/194/ploa_08.2018_pmc.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/197/pl_009.2018_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/243/lei_130-18_public.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/244/lei_131-18_public.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/193/lei_municipal_132.2018_public.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/249/lei_133-18_loa_public.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/195/requerimento_002.2018_ze.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2018/196/requerimento_003.2018_ze.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>