--- v0 (2025-12-04)
+++ v1 (2026-03-15)
@@ -54,408 +54,408 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>RENATO FILHO, BRUNO OLIVEIRA, PEDRO BRITO, ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/278/mocao_assinada_0012020.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/278/mocao_assinada_0012020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO de Pesar à família do Sr Francisco Ferreira de Araújo.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>DR WASHINGTON LUIZ BRITO DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/246/pldo_006.2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/246/pldo_006.2020_pmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias a serem observadas na elaboração e execução da Lei Orçamentária para o exercício financeiro de 2021 e, dá outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/263/ploa_2021.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/263/ploa_2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de CAXINGÓ-PI em R$ 27.428.000,00 ( vinte e sete milhões quatrocentos e vinte e oito mil reais) para o Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/236/pl_001.2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/236/pl_001.2020_pmc.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos integrantes do quadro próprio do Poder Executivo do município de Caxingó(PI), altera a Tabela de Vencimentos, Anexo I e II da Lei Municipal n° 067/2014 de 14 de abril de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/237/pl_002.2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/237/pl_002.2020_pmc.pdf</t>
   </si>
   <si>
     <t>Autoriza a adequação salarial aos profissionais Saúde no exercício dos cargos de Agente Comunitário de Saúde e Agente de Combate às Endemias do município de Caxingó(PI), ajustando-a ao piso nacional conforme a Lei Federal n° 13.708, de 14 de agosto de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/238/plo_003.2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/238/plo_003.2020_pmc.pdf</t>
   </si>
   <si>
     <t>Autoriza a adequação salarial aos profissionais do magistério do município de Caxingó(PI), ajustando-a ao piso nacional conforme a Lei Federal n° 11.738/08 e Portaria Interministerial MEC/MF n° 6, de 26 de dezembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/239/p.l._004_2020_urgencia.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/239/p.l._004_2020_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal Abrir Crédito Adicional Especial no Orçamento Programa vigente, no valor de R$103.165,18 (cento e três mil, cento e sessenta e cinco reais e, dezoito centavos), destinado à operacionalização das despesas ao combate à Pandemia Covid-19.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/245/plo_005.2020_pmc_urgencia.001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/245/plo_005.2020_pmc_urgencia.001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do cargo de provimento efetivo de GARI, altera o Anexo I, da Lei nº 067/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/247/plo_007.2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/247/plo_007.2020_pmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do recolhimento das contribuições previdenciárias patronais devidas ao RPPS, previsto no art. 9º da Lei Complementar nº 173, de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/251/pl_008.2020_postosaudesede.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/251/pl_008.2020_postosaudesede.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Unidade Básica de Saúde da sede do município de Caxingó, João Ribeiro dos Santos Neto e, dá outras providências.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/252/pl_009.2020_postosaudecarreiras.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/252/pl_009.2020_postosaudecarreiras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Posto de Saúde da localidade Carreiras, município de Caxingó, Posto de Saúde Vitalina Maria da Conceição e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/253/pl_010.2020_pracabomjesus.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/253/pl_010.2020_pracabomjesus.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público na localidade Bom Jesus, município de Caxingó, Praça João Francisco de Miranda e dá outras providências.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/254/pl_011.2020_praca_cajazeirasdebaixo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/254/pl_011.2020_praca_cajazeirasdebaixo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público na localidade Cajazeiras de Baixo, município de Caxingó, Praça Manoel Pereira da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_012_2020_subsidios_vereadores_2021_2024.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_012_2020_subsidios_vereadores_2021_2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do município de Caxingó, Estado do Piauí, para a legislatura de 2021/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_lei_013_2020_subsidios_p_e.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_lei_013_2020_subsidios_p_e.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos do município de Caxingó, Estado do Piauí, para o quadriênio de 2021/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/281/pl_015_2020_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/281/pl_015_2020_pmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público na localidade Entre-caatinga, município de Caxingó, Praça MARIA DA GRAÇA DE ARAÚJO MACHADO e, dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Publicação Diário Oficial</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/269/lei_148-20_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/269/lei_148-20_public.pdf</t>
   </si>
   <si>
     <t>Altera a redação o inciso V do art. 58 da Lei Municipal nº 077/2014 que dispõe sobre o Regime Próprio de Previdência dos Servidores Públicos Municipais de Caxingó para incluir o plano de equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/270/lei_149-20_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/270/lei_149-20_public.pdf</t>
   </si>
   <si>
     <t>Autoriza a adequação salarial aos profissionais Saúde no exercício dos cargos de Agente Comunitário de Saúde e Agente de Combate às Endemias do município de Caxingó(PI), ajustando-a ao piso nacional conforme a Lei Federal nº 13.708, de 14 de agosto de 2018 e, dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/271/lei_150-20_public.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/271/lei_150-20_public.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos integrantes do quadro próprio do Poder Executivo do município de Caxingó(PI), altera a Tabela de Vencimentos, Anexo I e II da Lei Municipal nº 067/2014, de 14 de abril de 2014 e, dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/241/lei_151-20_publicacao.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/241/lei_151-20_publicacao.pdf</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/240/03_-_publicacao_da_lei_n152_no_diario_oficial.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/240/03_-_publicacao_da_lei_n152_no_diario_oficial.pdf</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/248/lei_municipal_153.20_publicacao.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/248/lei_municipal_153.20_publicacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do recolhimento das contribuições previdenciárias patronais devidas ao RPPS, previsto no art. 9º da Lei Complementar nº 173, de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/272/lei_n_154_-_ldo_2021_publicacao_diario_oficial.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/272/lei_n_154_-_ldo_2021_publicacao_diario_oficial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias a serem observadas na elaboração e execução da lei orçamentária anual para o exercício financeiro de 2021 e, dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/273/lei_155-20_dompi_pag_95.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/273/lei_155-20_dompi_pag_95.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Prédio Público POSTO DE SAÚDE AIRES PORTELA DE SAMPAIO e, dá outras providências.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/274/lei_156-20_pag_dom_347-348.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/274/lei_156-20_pag_dom_347-348.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Unidade Básica de Saúde da Sede do município de Caxingó, João Ribeiro dos Santos Neto e, dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/275/lei_157-20_dompi_pag_347-348.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/275/lei_157-20_dompi_pag_347-348.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Posto de Saúde da localidade Carreiras, município de Caxingó, Posto de Saúde Vitalina Maria da Conceição e, dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/276/lei_158-20_dompi_pag_347-348.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/276/lei_158-20_dompi_pag_347-348.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público na localidade Bom Jesus, município de Caxingó, Praça João Francisco de Miranda e, dá outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/277/lei_159-20_dompi_pag_347-348.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/277/lei_159-20_dompi_pag_347-348.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público na localidade Cajazeiras de Baixo, município de Caxingó, Praça Manoel Pereira da Silva e, dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/279/lei_161-20_pag_28.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/279/lei_161-20_pag_28.pdf</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/280/lei_162-20_pag_29.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/280/lei_162-20_pag_29.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -759,68 +759,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/278/mocao_assinada_0012020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/246/pldo_006.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/263/ploa_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/236/pl_001.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/237/pl_002.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/238/plo_003.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/239/p.l._004_2020_urgencia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/245/plo_005.2020_pmc_urgencia.001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/247/plo_007.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/251/pl_008.2020_postosaudesede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/252/pl_009.2020_postosaudecarreiras.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/253/pl_010.2020_pracabomjesus.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/254/pl_011.2020_praca_cajazeirasdebaixo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_012_2020_subsidios_vereadores_2021_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_lei_013_2020_subsidios_p_e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/281/pl_015_2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/269/lei_148-20_public.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/270/lei_149-20_public.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/271/lei_150-20_public.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/241/lei_151-20_publicacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/240/03_-_publicacao_da_lei_n152_no_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/248/lei_municipal_153.20_publicacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/272/lei_n_154_-_ldo_2021_publicacao_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/273/lei_155-20_dompi_pag_95.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/274/lei_156-20_pag_dom_347-348.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/275/lei_157-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/276/lei_158-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/277/lei_159-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/279/lei_161-20_pag_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/280/lei_162-20_pag_29.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/278/mocao_assinada_0012020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/246/pldo_006.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/263/ploa_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/236/pl_001.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/237/pl_002.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/238/plo_003.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/239/p.l._004_2020_urgencia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/245/plo_005.2020_pmc_urgencia.001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/247/plo_007.2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/251/pl_008.2020_postosaudesede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/252/pl_009.2020_postosaudecarreiras.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/253/pl_010.2020_pracabomjesus.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/254/pl_011.2020_praca_cajazeirasdebaixo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_012_2020_subsidios_vereadores_2021_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_lei_013_2020_subsidios_p_e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/281/pl_015_2020_pmc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/269/lei_148-20_public.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/270/lei_149-20_public.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/271/lei_150-20_public.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/241/lei_151-20_publicacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/240/03_-_publicacao_da_lei_n152_no_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/248/lei_municipal_153.20_publicacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/272/lei_n_154_-_ldo_2021_publicacao_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/273/lei_155-20_dompi_pag_95.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/274/lei_156-20_pag_dom_347-348.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/275/lei_157-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/276/lei_158-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/277/lei_159-20_dompi_pag_347-348.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/279/lei_161-20_pag_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2020/280/lei_162-20_pag_29.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>