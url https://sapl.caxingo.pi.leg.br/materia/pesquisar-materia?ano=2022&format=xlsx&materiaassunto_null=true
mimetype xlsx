--- v0 (2025-12-04)
+++ v1 (2026-03-13)
@@ -54,489 +54,489 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>PEDRO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pedido_001_2022_pedro_brito001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pedido_001_2022_pedro_brito001.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) praça para a Comunidade Tourada, Zona Rural, Caxingó, neste município.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VALDECI SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/353/pedido_002_2022_valdeci_sousa001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/353/pedido_002_2022_valdeci_sousa001.pdf</t>
   </si>
   <si>
     <t>Solicitação de iluminação pública para a Av. Antonio Joaquim, sentido Sede à Curralinho, Caxingó, neste município.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CARLIM MARICOTA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pedido_003_2022_carlim_maricota001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pedido_003_2022_carlim_maricota001.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) “casinha” tipo cabana para a Comunidade Marajá/sentido Gangorra, Zona Rural, Caxingó, neste município.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>RENATIM DAS CAJAZEIRAS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/357/pedido_004_2022_renatim001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/357/pedido_004_2022_renatim001.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) “casinha” tipo cabana para a entrada do Povoado Cajazeiras de Baixo (as margens da PI 211), Zona Rural, Caxingó, neste município.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pedido_005_2022_valdeci001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pedido_005_2022_valdeci001.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) “casinha” tipo cabana para a Av. Nossa Senhora da Conceição (as margens da PI 305/curva do Pedro Joaquim) entrada para o Povoado Entre-Caatinga, Zona Urbana, Caxingó, neste município.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pedido_006_2022_r_filho001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pedido_006_2022_r_filho001.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) praça para a Comunidade Curralinho (ao lado do colégio), Zona Urbana, Caxingó, neste município.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/362/pedido_007_2022_r_filho001_finalizado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/362/pedido_007_2022_r_filho001_finalizado.pdf</t>
   </si>
   <si>
     <t>Solicitação de interferências/adequações nas lombadas da Comunidade Jacobina, Zona Rural, Caxingó, neste município.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pedido_008_2022_carlim_maricota002.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pedido_008_2022_carlim_maricota002.pdf</t>
   </si>
   <si>
     <t>Solicitação de 01 (Uma) “casinha” tipo cabana para a Comunidade Mucambo, Zona Rural, Caxingó, neste município.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_decreto_legislativo_001_2022_r_filho001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_decreto_legislativo_001_2022_r_filho001.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr LAÉRCIO DE JESUS DA SILVA MORAIS e, dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>GEOVANE CALAFATE</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/381/pdl_002.2022-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/381/pdl_002.2022-geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr LUZIMAR PARENTE AGUIAR e, dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/382/pdl_003.2022-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/382/pdl_003.2022-geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr ONOFRE RODRIGUES DO NASCIMENTO e, dá outras providências.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/384/pdl_004.2022-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/384/pdl_004.2022-geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr ANTONIO RODRIGUES DOS SANTOS e, dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>MAGNUM FERNANDO CARDOSO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_diretrizes_orcamentarias_2023_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_diretrizes_orcamentarias_2023_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/380/ploa_2023-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/380/ploa_2023-caxingo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Caxingó, Estado do Piauí, para o exercício financeiro de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_001.2022_magisterio_caxingo_alterado02.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_001.2022_magisterio_caxingo_alterado02.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2022, NOS TERMOS DA LEI FEDERAL Nº. 11.738/2008 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_002.2022_remuneracao_minima_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_002.2022_remuneracao_minima_caxingo.pdf</t>
   </si>
   <si>
     <t>REAJUSTA A REMUNERAÇÃO MÍNIMA DOS SERVIDORES DO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_003.2022_com_anexo_pronto.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_003.2022_com_anexo_pronto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARCELAR DÉBITOS ORIUNDOS CONTRATO 01.10.2019 JUNTO A MUNICÍPIO DE CAXINGÓ E A EMPRESA NEO CONSULTORIA E ADMINISTRAÇÃO DE BENEFÍCIOS EIRELI.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_municipal_04.2022_poder_executivo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_municipal_04.2022_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 077, de 17/11/2014, que Instituiu o Regime Próprio de Previdência Social do município de Caxingó-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_ordinaria_005.2022_poder_executivo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_ordinaria_005.2022_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre estágio de estudantes no âmbito do município de Caxingó, Estado do Piauí, de estabelecimentos de educação superior, de educação profissional, de ensino médio, da educação especial e dos anos finais do ensino fundamental e EJA, estabelece valor da bolsa auxílio e, dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_007.2022_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_007.2022_pmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 077, de 17/11/2014, que instituiu o Regime Próprio de Previdência Social do Município de Caxingó-PI.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_008_2022_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_008_2022_pmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender às necessidades de excepcional interesse público de que trata o Art. 37,Inciso IX, da Constituição Federal e, dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_009.2022_modificado_versao_final.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_009.2022_modificado_versao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Alteração de Denominação de colégio Público da Comunidade Gangorra e, dá outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/368/pl_10.2022_gratificacao_medico_perito.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/368/pl_10.2022_gratificacao_medico_perito.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERAR A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DE CAXINGO(PI), CRIANDO O ARTIGO 13-A DA LEI MUNICIPAL 067/2014 DE ABRIL DE 2014 E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/369/pl_11.2022_piso_acs_endemias_para_2022.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/369/pl_11.2022_piso_acs_endemias_para_2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A FIXAÇÃO DO PISO SALARIAL DE AGENTE COMUNITÁRIO DE SAÚDE E DOS AGENTES DE CONTROLE DE ENDEMIAS NOS TERMOS DA EMENDA CONSTITUCIONAL nº 120/2022 E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/370/pl_12.2022_credito_adicional_200.000.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/370/pl_12.2022_credito_adicional_200.000.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_13.2022_credito_adicional_20.000.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_13.2022_credito_adicional_20.000.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_14.2022_credito_adicional_122.078.18.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_14.2022_credito_adicional_122.078.18.pdf</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_015.2022_pm_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_015.2022_pm_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienar veículos e materiais inservíveis do Poder Executivo municipal e, dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_016.2022_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_016.2022_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gestão democrática do Ensino Público no âmbito das escolas municipais de Caxingó/PI e, dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/377/pl_017.2022-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/377/pl_017.2022-caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e, dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/378/pl_018.2022-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/378/pl_018.2022-caxingo.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/379/pl_019.2022-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/379/pl_019.2022-caxingo.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>REGINALDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/385/pl_021.2022-reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/385/pl_021.2022-reginaldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de prédio público Ver. José Batista Silvestre e, dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/386/pl_022.2022-reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/386/pl_022.2022-reginaldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de prédio público Maria José Machado de Sousa e, dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/383/pl_023.2022-davi-renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/383/pl_023.2022-davi-renatim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de prédio público Davi Marley Carvalho Silva e, dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_resolucao_001_2022_calendario_sessoes_ordinarias.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_resolucao_001_2022_calendario_sessoes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as datas e horário das Sessões Ordinárias do Poder Legislativo do município de Caxingó, Estado do Piauí, Exercício 2.022, e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_resolucao_002_2022_atualizacao_subsidio_2022_com_anexo.001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_resolucao_002_2022_atualizacao_subsidio_2022_com_anexo.001.pdf</t>
   </si>
   <si>
     <t>Atualiza os Subsídios dos vereadores do Município de Caxingó, Estado do Piauí, para o exercício de 2022 e, dá outras providencias.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_011.2022_carlim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_011.2022_carlim.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal a cessão do referido imóvel à IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_012.2022_carlim_maricota_reajuste_para_motoristas.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_012.2022_carlim_maricota_reajuste_para_motoristas.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal que adote as providências necessárias no sentido de encaminhar à esta Augusta Casa de Leis matéria de lei concedendo reajuste salarial para os motoristas integrantes do funcionalismo público municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -843,68 +843,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pedido_001_2022_pedro_brito001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/353/pedido_002_2022_valdeci_sousa001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pedido_003_2022_carlim_maricota001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/357/pedido_004_2022_renatim001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pedido_005_2022_valdeci001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pedido_006_2022_r_filho001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/362/pedido_007_2022_r_filho001_finalizado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pedido_008_2022_carlim_maricota002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_decreto_legislativo_001_2022_r_filho001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/381/pdl_002.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/382/pdl_003.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/384/pdl_004.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_diretrizes_orcamentarias_2023_caxingo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/380/ploa_2023-caxingo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_001.2022_magisterio_caxingo_alterado02.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_002.2022_remuneracao_minima_caxingo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_003.2022_com_anexo_pronto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_municipal_04.2022_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_ordinaria_005.2022_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_007.2022_pmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_008_2022_pmc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_009.2022_modificado_versao_final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/368/pl_10.2022_gratificacao_medico_perito.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/369/pl_11.2022_piso_acs_endemias_para_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/370/pl_12.2022_credito_adicional_200.000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_13.2022_credito_adicional_20.000.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_14.2022_credito_adicional_122.078.18.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_015.2022_pm_caxingo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_016.2022_caxingo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/377/pl_017.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/378/pl_018.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/379/pl_019.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/385/pl_021.2022-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/386/pl_022.2022-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/383/pl_023.2022-davi-renatim.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_resolucao_001_2022_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_resolucao_002_2022_atualizacao_subsidio_2022_com_anexo.001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_011.2022_carlim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_012.2022_carlim_maricota_reajuste_para_motoristas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pedido_001_2022_pedro_brito001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/353/pedido_002_2022_valdeci_sousa001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pedido_003_2022_carlim_maricota001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/357/pedido_004_2022_renatim001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pedido_005_2022_valdeci001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pedido_006_2022_r_filho001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/362/pedido_007_2022_r_filho001_finalizado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pedido_008_2022_carlim_maricota002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_decreto_legislativo_001_2022_r_filho001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/381/pdl_002.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/382/pdl_003.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/384/pdl_004.2022-geovane.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_diretrizes_orcamentarias_2023_caxingo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/380/ploa_2023-caxingo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_001.2022_magisterio_caxingo_alterado02.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_002.2022_remuneracao_minima_caxingo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_003.2022_com_anexo_pronto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_municipal_04.2022_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_ordinaria_005.2022_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_007.2022_pmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_008_2022_pmc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_009.2022_modificado_versao_final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/368/pl_10.2022_gratificacao_medico_perito.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/369/pl_11.2022_piso_acs_endemias_para_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/370/pl_12.2022_credito_adicional_200.000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_13.2022_credito_adicional_20.000.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_14.2022_credito_adicional_122.078.18.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_015.2022_pm_caxingo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_016.2022_caxingo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/377/pl_017.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/378/pl_018.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/379/pl_019.2022-caxingo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/385/pl_021.2022-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/386/pl_022.2022-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/383/pl_023.2022-davi-renatim.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_resolucao_001_2022_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_resolucao_002_2022_atualizacao_subsidio_2022_com_anexo.001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_011.2022_carlim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_012.2022_carlim_maricota_reajuste_para_motoristas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>