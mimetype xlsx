--- v0 (2025-12-04)
+++ v1 (2026-03-13)
@@ -54,903 +54,903 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CARLIM MARICOTA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/451/indicativo_de_pl_001.2023_carlos_eduardo_com_recibo-protocolo-pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/451/indicativo_de_pl_001.2023_carlos_eduardo_com_recibo-protocolo-pmc.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADA AO EXECUTIVO A INDICAÇÃO DA MINUTA DE PROJETO DE LEI, QUE DISPÕE SOBRE: AUTORIZAÇÃO DO REPASSE (RATEIO) DO FUNDEB AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE PÚBLICA MUNICIPAL DE ENSINO DE CAXINGÓ/PI, NA FORMA QUE ESPECIFICA E, DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>GEOVANE CALAFATE</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/388/pdl_geovane_2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/388/pdl_geovane_2023.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr JOSÉ PEREIRA LEITE e, dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_decreto_legislativo_0002_2023_carlim-para-lucas.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_decreto_legislativo_0002_2023_carlim-para-lucas.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr PAULO CÉSAR LUCAS DE OLIVEIRA e, dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_legislativo_0003_2023_carlim-para-antonio-leal.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_legislativo_0003_2023_carlim-para-antonio-leal.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr ANTONIO MARCOS ROCHA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_legislativo_0004_2023_carlim-para-prof-chicao.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_legislativo_0004_2023_carlim-para-prof-chicao.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr FRANCISCO DAS CHAGAS CARVALHO DO AMARAL e, dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_decreto_legislativo_0005_2023_geovane-para-felipe-machado_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_decreto_legislativo_0005_2023_geovane-para-felipe-machado_com_recibo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr FELIPE RIBEIRO MACHADO e, dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>REGINALDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_decreto_legislativo_0006_2023_reginaldo-para-chaguinha-loja_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_decreto_legislativo_0006_2023_reginaldo-para-chaguinha-loja_com_recibo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr FRANCISCO DAS CHAGAS SOUSA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_decreto_legislativo_0007_2023_geovane-para-branco-miranda-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_decreto_legislativo_0007_2023_geovane-para-branco-miranda-com-recibo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr FRANCISCO DAS CHAGAS DE BARROS MIRANDA e, dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>RENATIM DAS CAJAZEIRAS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/450/pdl_008.2023-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/450/pdl_008.2023-com-anexos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr BERNARDO JOSÉ DA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/455/pdl_009.2023-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/455/pdl_009.2023-com-anexos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr DOMINGOS PORTELA ALVES e, dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pdl_010.2023-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pdl_010.2023-com-anexos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr GUSTAVO HENRIQUE BORGES REBÊLO e, dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pdl_011.2023-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pdl_011.2023-com-anexos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Sr PAULO JORGE SOUSA DOS SANTOS e, dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
     <t>MAGNUM FERNANDO CARDOSO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/422/pldo_2024_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/422/pldo_2024_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/462/loa_2024-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/462/loa_2024-caxingo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Caxingó para o exercício financeiro de 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_001.2023-alterado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_001.2023-alterado.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO PISO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO PARA O ANO DE 2023, NOS TERMOS DA LEI FEDERAL nº 11.738/2008 E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_002.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_002.2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A FIXAÇÃO DO PISO SALARIAL DE AGENTE COMUNITÁRIO DE SAÚDE E DOS AGENTES DE CONTROLE DE ENDEMIAS, NOS TERMOS DA EMENDA CONSTITUCIONAL nº 120/2022 E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_003.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_003.2023.pdf</t>
   </si>
   <si>
     <t>REAJUSTA A REMUNERAÇÃO MÍNIMA DOS SERVIDORES DO MUNICIPIO DE CAXINGÓ, ESTADO DO PIAUI E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/393/pl_004.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/393/pl_004.2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE DENOMINAR PONTE LOCALIZADA NO POVOADO EMA, ZONA RURAL DESTE MUNICIPIO DE CAXINGO, ESTADO DO PIAUI E, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/394/pl_005.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/394/pl_005.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente do Município de Caxingó, Estado do Piauí, estabelece normas gerais para a sua adequada aplicação, revoga as Leis Municipais nºs 119/2008 e 065/2013 e, dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/405/plo_006.2023_com_recibo_pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/405/plo_006.2023_com_recibo_pmc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a outorgar permissão de uso das instalações dos colégios municipais Unidade Escolar Sapucaial e Escola Municipal Francisco Araken Carneiro, do município de Caxingó e, dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/408/pl_007.2023_retorna_teto_vereadores.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/408/pl_007.2023_retorna_teto_vereadores.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 168/2.021, de 14 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_009_2023_caxingo_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_009_2023_caxingo_com_recibo.pdf</t>
   </si>
   <si>
     <t>Aprova os valores de diárias do Poder Executivo do município de Caxingó, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/435/pl_010_2023_caxingo_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/435/pl_010_2023_caxingo_com_recibo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial e, dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_011.2023_altera_nome_rua_chile_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_011.2023_altera_nome_rua_chile_com_recibo.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Denominação de Logradouro Público RUA ABDIAS LOPES DE CARVALHO e, dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_012.2023_rua_dona_marcela_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_012.2023_rua_dona_marcela_com_recibo.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Denominação de Logradouro Público RUA MARCELINA ROSA MACHADO e, dá outras providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/447/pl_013.2023-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/447/pl_013.2023-com-anexos.pdf</t>
   </si>
   <si>
     <t>Estabelece o novo piso salarial para os cargos efetivos de motorista, agente administrativo, técnico de higiene bucal, auxiliar de consultório dentário e técnico agrícola, deste município de Caxingó, Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/453/pl_014.2023-piso-enfermagem-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/453/pl_014.2023-piso-enfermagem-com-anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a complementar o piso da enfermagem e, dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/454/pl_15.2023-com-anexos-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/454/pl_15.2023-com-anexos-completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão de bens móveis, veículos, sucatas e materiais inservíveis, antieconômico e irrecuperável do Poder Executivo municipal e nomeação da comissão especial de organização e avaliação de alienação de bens móveis e, dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_16.2023-com-anexos-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_16.2023-com-anexos-completo.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/457/pl_17.2023-com-anexos-protocolo-pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/457/pl_17.2023-com-anexos-protocolo-pmc.pdf</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/458/pl_18.2023-com-anexos-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/458/pl_18.2023-com-anexos-completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/459/pl_19.2023-com-anexos-protocolo-pmc.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/459/pl_19.2023-com-anexos-protocolo-pmc.pdf</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_020.2023-poder_executivo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_020.2023-poder_executivo.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_resolucao_001_2023_calendario_sessoes_ordinarias.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_resolucao_001_2023_calendario_sessoes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as datas e horário das Sessões Ordinárias do Poder Legislativo do município de Caxingó, Estado do Piauí, Exercício 2.023, e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_resolucao_002_2023_atualiza_vencimentos_advogado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_resolucao_002_2023_atualiza_vencimentos_advogado.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos da Resolução N°. 002, de 12 de Março de 2012, que Cria cargos Efetivos e de Provimento em Comissão no Quadro de Pessoal da Câmara de Vereadores do Município de Caxingó, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_resolucao_003_2023_atualizacao_subsidio_2023_001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_resolucao_003_2023_atualizacao_subsidio_2023_001.pdf</t>
   </si>
   <si>
     <t>Atualiza os Subsídios dos vereadores do Município de Caxingó, Estado do Piauí, para o exercício de 2023 e, dá outras providencias.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_resolucao_004_2023_atualizacao_diarias_2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_resolucao_004_2023_atualizacao_diarias_2023.pdf</t>
   </si>
   <si>
     <t>Altera e atualiza o anexo I da Resolução N°. 009/2015, de 10 de Fevereiro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_resolucao_005_2023_acrescenta_cargo_comissionado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_resolucao_005_2023_acrescenta_cargo_comissionado.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos II e III da Resolução N°. 002, de 12 de Março de 2012, que Cria cargos Efetivos e de Provimento em Comissão no Quadro de Pessoal da Câmara de Vereadores do Município de Caxingó, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_resolucao_006_2023_implantacao_lgpd_camara_caxingo_pronta.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_resolucao_006_2023_implantacao_lgpd_camara_caxingo_pronta.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados Pessoais, no âmbito da Câmara Municipal de Caxingó, Estado do Piauí, conforme a Lei Federal nº 13.709/2018 – Lei Geral de Proteção de Dados (LGPD) e dá outras providências.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_resolucao_007_2023_atualizacao_diarias_2023-inclusao-cargo-ap-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_resolucao_007_2023_atualizacao_diarias_2023-inclusao-cargo-ap-com-recibo.pdf</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_001.2023_carlim_maricota_cessao_de_imovel_publico001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_001.2023_carlim_maricota_cessao_de_imovel_publico001.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal a DOAÇÃO de prédio público municipal à IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS, conforme doc anexo.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>VALDECI SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_002.2023_valdeci_ponte_sao-caetano001-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_002.2023_valdeci_ponte_sao-caetano001-com-recibo.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal a construção de 01(uma) ponte de concreto no trecho que interliga as Comunidades São Caetano I e II, Zona Rural, Caxingó, Estado do Piauí.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>RENATO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_007.2023_rf-estrada-entrecaatinga002-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_007.2023_rf-estrada-entrecaatinga002-com-recibo.pdf</t>
   </si>
   <si>
     <t>Restauração da estrada com correção de ponto de alagamento e instalação de bueiro na chegada do rio; trecho que compreende a curva do Pedro Joaquim/Av. Nossa Senhora da Conceição, até a margem do Rio Longá/Entre-Caatinga, Zona Rural, Caxingó, Piauí.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>JOÃO MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_008.2023_j_miranda_cessao_de_imovel_publico001_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_008.2023_j_miranda_cessao_de_imovel_publico001_com_recibo.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal a DOAÇÃO do imóvel UNIDADE ESCOLAR SAPUCAIAL, no povoado SAPUCAIAL, Zona Rural, Caxingó, Piauí; ao Srº José Joaquim de Moraes e, dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_009.2023_j_miranda-ladeira-angelim001_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_009.2023_j_miranda-ladeira-angelim001_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a recuperação da ladeira do povoado Angelim, Zona Rural, Caxingó, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_010.2023_rf-estrada-cedro_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_010.2023_rf-estrada-cedro_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal a readequação da estrada que dar inicio no final do calçamento da avenida Antônio Joaquim em direção ao povoado Cedro, em virtude do alagamento da referida via, impossibilitando o acesso a localidade no período chuvoso.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_011.2023_rf-estrada-alegre_da_ema_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_011.2023_rf-estrada-alegre_da_ema_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal a recuperação da estrada que se inicia na localidade Ema, Chapada até o Povoado Morada Nova, estrada que acabaria com o problema de alagamento que impossibilita aos munícipes de chegarem a sua casa, tendo que fazer um longo trajeto para este fim.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_013.2023_carlim_doacao_de_imovel_publico.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_013.2023_carlim_doacao_de_imovel_publico.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a DOAÇÃO do prédio público onde funcionava a escola do Povoado Assentamento Casa de Pedra, Zona Rural, Caxingó, Estado do Piauí, para a Srª ANA MARIA DA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>LUIZ CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_014.2023_luiz-carlos_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_014.2023_luiz-carlos_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal que encaminhe à esta Casa, um projeto de lei concedendo reposição/reajuste salarial para os motoristas e agentes administrativos e, dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_015.2023_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_015.2023_reginaldo.pdf</t>
   </si>
   <si>
     <t>REQUER construção de bueiro ligando a comunidade Entre-Caatinga ao assentamento, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_016.2023_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_016.2023_reginaldo.pdf</t>
   </si>
   <si>
     <t>SOLICITA calçamento para a comunidade Lagoa da Onça, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_017.2023_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_017.2023_renatim.pdf</t>
   </si>
   <si>
     <t>SOLICITA calçamento para a comunidade Cajazeiras de Baixo, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_018.2023_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_018.2023_renatim.pdf</t>
   </si>
   <si>
     <t>SOLICITA calçamento para a comunidade Vila Nova, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/419/requerimento_019.2023_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/419/requerimento_019.2023_renatim.pdf</t>
   </si>
   <si>
     <t>SOLICITA calçamento para a comunidade Carreiras, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_020_2023_geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_020_2023_geovane.pdf</t>
   </si>
   <si>
     <t>REQUER transporte para deslocamento das crianças toda quinta-feira para o atendimento da terapia ocupacional no CAPIS em Buriti dos Lopes.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_021_2023_geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_021_2023_geovane.pdf</t>
   </si>
   <si>
     <t>REQUER adequações e complemento com calçamento na Rua Chile, com início no Sr João Chico até a escola municipal Tia Lalá, Sede, neste município.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_022_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_022_reginaldo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal calçamento para a Comunidade São Caetano I, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_023.2023_valdeci_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_023.2023_valdeci_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal calçamento para a Comunidade Bom Jesus, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>PEDRO BRITO</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_024.2023_pedro_brito_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_024.2023_pedro_brito_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER construção de 01(Um) bueiro perto da residência do Srº Binga Freitas, no Povoado Juazal, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_025.2023_pedro_brito_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_025.2023_pedro_brito_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01(Um) bueiro perto da residência do finado Chicozinho, no Povoado Olho D’aguinha, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_026.2023_pedro_brito_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_026.2023_pedro_brito_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01(Um) bueiro perto dos CAETANOS, no Povoado Picos, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_027.2023_pedro_brito_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_027.2023_pedro_brito_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01(Uma) Quadra com 01(Uma) Praça, no Povoado Taboquinha, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_028.2023_valdeci_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_028.2023_valdeci_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER calçamento para a Comunidade NOVA MORADA, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_029.2023_valdeci_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_029.2023_valdeci_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER calçamento para a Comunidade CURRALINHO (Rua que passa em frente Sr Zé do Gás), Zona Urbana, neste município.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_030.2023_valdeci_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_030.2023_valdeci_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER calçamento para a Rua Projetada 01(com início no Srº Zé Bibiro), Sede Zona Urbana, neste município.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_031.2023_valdeci_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_031.2023_valdeci_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER calçamento para a Rua Projetada (com início na Loja Íris Móveis até o lava jato do Ismael), Sede Zona Urbana, neste município.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/433/requerimento_032.2023_pedro_brito_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/433/requerimento_032.2023_pedro_brito_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01 (Um) bueiro na estrada vicinal do Povoado Mocambo, nas proximidades do cemitério do Mocambo, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_033_2023_r_filho_assinado-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_033_2023_r_filho_assinado-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER todos os pagamentos repassados a empresa ganhadora do certame de número 004/2022 que diz respeito a reformas de estradas vicinais no nosso município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_034_2023_r_filho_assinado-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_034_2023_r_filho_assinado-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER os extratos e saldos bancários vinculados a conta dos precatórios do FUNDEF deste município de Caxingó (dos 40% e dos 60%).</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/440/requerimento_035_2023_r_filho-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/440/requerimento_035_2023_r_filho-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER o roço das estradas deste município, especialmente o trecho que se estende da PI 211 com a PI 305 até a Sede deste município de Caxingó.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/442/requerimento_036.2023_carlim_maricota_cessao_de_imovel_publico.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/442/requerimento_036.2023_carlim_maricota_cessao_de_imovel_publico.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a CESSÃO do imóvel público onde funcionava a escola municipal da Comunidade Nova Morada, Zona Rural, Caxingó, Estado do Piauí, para a IGREJA DE DEUS MISSIONÁRIA-IDM / CAXINGÓ e, dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/443/requerimento_037.2023_carlim_maricota_muro_cemiterio_olho_daguinha_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/443/requerimento_037.2023_carlim_maricota_muro_cemiterio_olho_daguinha_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a construção de muro no Cemitério do Povoado Olho D’aguinha, Zona Rural, Caxingó, Estado do Piauí.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/444/requerimento_038.2023_carlim_maricota_muro_cemiterio_alegre_da_ema_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/444/requerimento_038.2023_carlim_maricota_muro_cemiterio_alegre_da_ema_com_recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a construção de muro no Cemitério do Povoado Alegre da Ema, Zona Rural, Caxingó, Estado do Piauí.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/445/requerimento_039.2023-geovane-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/445/requerimento_039.2023-geovane-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a implantação de 01 (Uma) faixa de pedestre na Rua João Santos, entre o Espaço da Cidadania Maria José Machado de Sousa e a UBS Clarindo Rodrigues de Carvalho,Centro, Caxingó, Estado do Piauí.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/446/requerimento_040.2023-geovane-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/446/requerimento_040.2023-geovane-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a implantação de 01 (Uma) lombada para a Rua João Santos, entre a Prefeitura Municipal e a Gráfica KJ, Centro, Caxingó, Estado do Piauí.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_042.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_042.2023.pdf</t>
   </si>
   <si>
     <t>Requerimento de informações sobre TAC firmado entre o MP e a Prefeitura Municipal de Caxingo-PI objetivando garantir o tratamento e a destinação correta dos resíduos sólidos produzidos neste Município.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_045.2023.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_045.2023.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal a CESSÃO do imóvel onde funcionava a escola municipal da Comunidade Curralinho, Zona Rural, neste município para a INSTALAÇÃO DA APAE / CAXINGÓ e, dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_048.2023_requerimento_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_048.2023_requerimento_renatim.pdf</t>
   </si>
   <si>
     <t>REQUER convocação de sessão extraordinária para reanálise, rediscussão e votação do Projeto de Lei nº 021/2023, de 06 de dezembro de 2023, que “Dispõe sobre abertura de crédito adicional especial e, dá outras providências”,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1257,68 +1257,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/451/indicativo_de_pl_001.2023_carlos_eduardo_com_recibo-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/388/pdl_geovane_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_decreto_legislativo_0002_2023_carlim-para-lucas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_legislativo_0003_2023_carlim-para-antonio-leal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_legislativo_0004_2023_carlim-para-prof-chicao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_decreto_legislativo_0005_2023_geovane-para-felipe-machado_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_decreto_legislativo_0006_2023_reginaldo-para-chaguinha-loja_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_decreto_legislativo_0007_2023_geovane-para-branco-miranda-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/450/pdl_008.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/455/pdl_009.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pdl_010.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pdl_011.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/422/pldo_2024_caxingo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/462/loa_2024-caxingo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_001.2023-alterado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_002.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_003.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/393/pl_004.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/394/pl_005.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/405/plo_006.2023_com_recibo_pmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/408/pl_007.2023_retorna_teto_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_009_2023_caxingo_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/435/pl_010_2023_caxingo_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_011.2023_altera_nome_rua_chile_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_012.2023_rua_dona_marcela_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/447/pl_013.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/453/pl_014.2023-piso-enfermagem-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/454/pl_15.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_16.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/457/pl_17.2023-com-anexos-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/458/pl_18.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/459/pl_19.2023-com-anexos-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_020.2023-poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_resolucao_001_2023_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_resolucao_002_2023_atualiza_vencimentos_advogado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_resolucao_003_2023_atualizacao_subsidio_2023_001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_resolucao_004_2023_atualizacao_diarias_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_resolucao_005_2023_acrescenta_cargo_comissionado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_resolucao_006_2023_implantacao_lgpd_camara_caxingo_pronta.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_resolucao_007_2023_atualizacao_diarias_2023-inclusao-cargo-ap-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_001.2023_carlim_maricota_cessao_de_imovel_publico001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_002.2023_valdeci_ponte_sao-caetano001-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_007.2023_rf-estrada-entrecaatinga002-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_008.2023_j_miranda_cessao_de_imovel_publico001_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_009.2023_j_miranda-ladeira-angelim001_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_010.2023_rf-estrada-cedro_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_011.2023_rf-estrada-alegre_da_ema_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_013.2023_carlim_doacao_de_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_014.2023_luiz-carlos_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_015.2023_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_016.2023_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_017.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_018.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/419/requerimento_019.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_020_2023_geovane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_021_2023_geovane.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_022_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_023.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_024.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_025.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_026.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_027.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_028.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_029.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_030.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_031.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/433/requerimento_032.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_033_2023_r_filho_assinado-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_034_2023_r_filho_assinado-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/440/requerimento_035_2023_r_filho-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/442/requerimento_036.2023_carlim_maricota_cessao_de_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/443/requerimento_037.2023_carlim_maricota_muro_cemiterio_olho_daguinha_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/444/requerimento_038.2023_carlim_maricota_muro_cemiterio_alegre_da_ema_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/445/requerimento_039.2023-geovane-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/446/requerimento_040.2023-geovane-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_042.2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_045.2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_048.2023_requerimento_renatim.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/451/indicativo_de_pl_001.2023_carlos_eduardo_com_recibo-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/388/pdl_geovane_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_decreto_legislativo_0002_2023_carlim-para-lucas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_legislativo_0003_2023_carlim-para-antonio-leal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_legislativo_0004_2023_carlim-para-prof-chicao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_decreto_legislativo_0005_2023_geovane-para-felipe-machado_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_decreto_legislativo_0006_2023_reginaldo-para-chaguinha-loja_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_decreto_legislativo_0007_2023_geovane-para-branco-miranda-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/450/pdl_008.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/455/pdl_009.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pdl_010.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pdl_011.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/422/pldo_2024_caxingo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/462/loa_2024-caxingo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_001.2023-alterado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_002.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_003.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/393/pl_004.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/394/pl_005.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/405/plo_006.2023_com_recibo_pmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/408/pl_007.2023_retorna_teto_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_009_2023_caxingo_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/435/pl_010_2023_caxingo_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_011.2023_altera_nome_rua_chile_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_012.2023_rua_dona_marcela_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/447/pl_013.2023-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/453/pl_014.2023-piso-enfermagem-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/454/pl_15.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_16.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/457/pl_17.2023-com-anexos-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/458/pl_18.2023-com-anexos-completo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/459/pl_19.2023-com-anexos-protocolo-pmc.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_020.2023-poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_resolucao_001_2023_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_resolucao_002_2023_atualiza_vencimentos_advogado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_resolucao_003_2023_atualizacao_subsidio_2023_001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_resolucao_004_2023_atualizacao_diarias_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_resolucao_005_2023_acrescenta_cargo_comissionado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_resolucao_006_2023_implantacao_lgpd_camara_caxingo_pronta.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_resolucao_007_2023_atualizacao_diarias_2023-inclusao-cargo-ap-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_001.2023_carlim_maricota_cessao_de_imovel_publico001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_002.2023_valdeci_ponte_sao-caetano001-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_007.2023_rf-estrada-entrecaatinga002-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_008.2023_j_miranda_cessao_de_imovel_publico001_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_009.2023_j_miranda-ladeira-angelim001_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_010.2023_rf-estrada-cedro_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_011.2023_rf-estrada-alegre_da_ema_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_013.2023_carlim_doacao_de_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_014.2023_luiz-carlos_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_015.2023_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_016.2023_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_017.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_018.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/419/requerimento_019.2023_renatim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_020_2023_geovane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_021_2023_geovane.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_022_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_023.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_024.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_025.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_026.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_027.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_028.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_029.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_030.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_031.2023_valdeci_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/433/requerimento_032.2023_pedro_brito_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_033_2023_r_filho_assinado-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_034_2023_r_filho_assinado-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/440/requerimento_035_2023_r_filho-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/442/requerimento_036.2023_carlim_maricota_cessao_de_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/443/requerimento_037.2023_carlim_maricota_muro_cemiterio_olho_daguinha_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/444/requerimento_038.2023_carlim_maricota_muro_cemiterio_alegre_da_ema_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/445/requerimento_039.2023-geovane-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/446/requerimento_040.2023-geovane-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_042.2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_045.2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_048.2023_requerimento_renatim.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>