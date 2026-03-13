--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -54,912 +54,912 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>*****</t>
   </si>
   <si>
     <t>Plano Plurianual (PPA)</t>
   </si>
   <si>
     <t>MAGNUM FERNANDO CARDOSO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_ppa_2026-2029-caxingo_completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_ppa_2026-2029-caxingo_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026/2029 e, dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>GEOVANE CALAFATE</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/552/pdl_001-2025-01.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/552/pdl_001-2025-01.pdf</t>
   </si>
   <si>
     <t>Anula o Decreto Legislativo nº 027/2024, que reprovou as contas do Prefeito Magnum Fernando Cardoso dos Santos, relativas ao exercício de 2021, e determina a reabertura do procedimento de julgamento com observância aos princípios constitucionais do contraditório e da ampla defesa.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>GIL RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_decreto_legislativo_001-2025_gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_decreto_legislativo_001-2025_gil.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, a Exmª Sra. RAIMUNDA CARVALHO DE ALBUQUERQUE e, dá outras providências.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_decreto_legislativo_002-2025_gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_decreto_legislativo_002-2025_gil.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, a Exmº Srº. RUBENS DE SOUSA VIEIRA e, dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>RENATIM DAS CAJAZEIRAS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/567/pdl_004_2025_eduardo_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/567/pdl_004_2025_eduardo_renatim.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº LUIZ EDUARDO FONTINELLE CABRAL e, dá outras providências.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/568/pdl_005_2025_igor_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/568/pdl_005_2025_igor_renatim.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº IGOR DE SOUSA CHRISTOFFEL e, dá outras providências.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/569/pdl_006_2025_marden_renatim.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/569/pdl_006_2025_marden_renatim.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº MARDEN LUIS BRITO CAVALCANTE E MENEZES e, dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DAIANA ALMIRANTE</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/570/pdl_007_2025_silmara_daiana.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/570/pdl_007_2025_silmara_daiana.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, à Srª SILMARA CRISTINA CARDOSO DOS SANTOS e, dá outras providências.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/571/pdl_008_2025_ilvanete_daiana.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/571/pdl_008_2025_ilvanete_daiana.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, à Srª ILVANETE TAVARES BELTRÃO e, dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/572/pdl_009_2025_elizalba_bruno.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/572/pdl_009_2025_elizalba_bruno.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, à Srª ELIZALBA ESCÓRCIO DE BRITO CARVALHO e, dá outras providências.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/573/pdl_010_2025_dallas_bruno.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/573/pdl_010_2025_dallas_bruno.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº DALLAS ANTONIO DE ALMEIDA VIEIRA BARROS e, dá outras providências.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/574/pdl_011_2025_rdo_oliveira_bruno.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/574/pdl_011_2025_rdo_oliveira_bruno.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº RAIMUNDO NONATO OLIVEIRA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/575/pdl_012_2025_florentino_bruno.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/575/pdl_012_2025_florentino_bruno.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº FLORENTINO ALVES VERAS NETO e, dá outras providências.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/576/pdl_014-2025_luciano_gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/576/pdl_014-2025_luciano_gil.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Exmº Srº. LUCIANO PASCOAL DE SOUSA e, dá outras providências.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/577/pdl_014_2025_salustiano_geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/577/pdl_014_2025_salustiano_geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº SALUSTIANO DE CARVALHO ARAÚJO e, dá outras providências.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/578/pdl_015_2025_diana_geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/578/pdl_015_2025_diana_geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, à Srª DIANA MARIA DE LIMA ARAUJO e, dá outras providências.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/581/pdl_016_2025_armando_geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/581/pdl_016_2025_armando_geovane.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº ARMANDO LIMA MACHADO e, dá outras providências.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/582/pdl_017-2025_gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/582/pdl_017-2025_gil.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadã honorária de Caxingó, Estado do Piauí, a Exmª Srª. MARIA DO ROSARIO BRITO SOARES e, dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ZÉ DOS REMÉDIOS</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/584/pdl_018_2025_ant_lima_ze.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/584/pdl_018_2025_ant_lima_ze.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº ANTÔNIO JOSÉ LIMA e, dá outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/585/pdl_019_2025_fco_araujo_ze.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/585/pdl_019_2025_fco_araujo_ze.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº FRANCISCO ARAÚJO DOS SANTOS e, dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>REGINALDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/587/pdl_020_2025_magnum_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/587/pdl_020_2025_magnum_reginaldo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº MAGNUM FERNANDO CARDOSO DOS SANTOS e, dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/588/pdl_021_2025_julio_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/588/pdl_021_2025_julio_reginaldo.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Caxingó, Estado do Piauí, ao Srº JULIO FERRAZ ARCOVERDE e, dá outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/580/plc_001-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/580/plc_001-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código Tributário do Município de Caxingó - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Projeto de Lei das Diretrizes Orçamentárias (PLDO)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/551/pldo_008.2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/551/pldo_008.2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual (PLOA)</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/593/pl_025-2025_loa_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/593/pl_025-2025_loa_caxingo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Caxingó para o exercício de 2026 e, dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/517/pl_001-2025-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/517/pl_001-2025-com-anexos.pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração mínima dos servidores do município de Caxingó, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/516/pl_002-2025-com-anexos.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/516/pl_002-2025-com-anexos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 067/2014 que trata da estrutura administrativa do Executivo Municipal de Caxingó e, dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/519/pl_003.2025-caxingo-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/519/pl_003.2025-caxingo-completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Poder Executivo promover leilão de bens móveis, veículos, sucatas e materiais inservíveis, antieconômico e irrecuperável do Poder Executivo municipal e, dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/520/pl_004.2025-caxingo-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/520/pl_004.2025-caxingo-completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e inclusão de dispositivos da Lei Nº23C, de13 de dezembro de 2024 (LOA 2025), e da Lei Nº 223, de 25 de julho de 2024 (LDO 2025), e dá outras providências.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/521/pl_005.2025-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/521/pl_005.2025-caxingo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste do piso salarial aos profissionais do magistério da rede municipal de ensino para o ano de 2025 e, dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/529/pl_06.2025-caxingo-alterado-01.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/529/pl_06.2025-caxingo-alterado-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cargos integrantes da estrutura administrativa do Poder Executivo Municipal e, altera a Lei Municipal nº 101/2016 e, dá outras providências.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/533/pl_007.2025-completo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/533/pl_007.2025-completo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 239, de 16 de janeiro de 2025, para inserir o artigo 11, dispondo sobre a fonte de custeio das despesas oriundas da criação de cargos e das novas secretarias municipais e, dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/554/pl_009.2025-com-anexo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/554/pl_009.2025-com-anexo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, no âmbito do município de Caxingó - PI, da digitalização de documentos em meios eletromagnéticos e, dá outras providências.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/557/pl_010.2025-com-anexo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/557/pl_010.2025-com-anexo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a fixação do piso salarial de Agente Comunitário de Saúde e dos Agentes de Controle de Endemias, nos termos da Emenda Constitucional nº 120/2022 e, dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_011-2025-gil-rodrigues_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_011-2025-gil-rodrigues_com_recibo.pdf</t>
   </si>
   <si>
     <t>Cria o Diploma “Aluno Nota Dez” para estudantes do ensino fundamental e médio nas redes de ensino estadual e municipal do município de Caxingó-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/559/pl_012-2025-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/559/pl_012-2025-geovane.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e denomina Praça da Comunidade Jacobina, Zona Rural, neste município – PRAÇA FRANCISCA MARIA DE JESUS e, dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/560/pl_013-2025-executivo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/560/pl_013-2025-executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da nomenclatura dos cargos de Enfermeiro-PSF e Enfermeiro Ambulatorial, que passam a ser unificados sob a denominação de Enfermeiro, no âmbito do município de Caxingó(PI) e, dá outras providências.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/561/pl_014-2025-executivo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/561/pl_014-2025-executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROGRAMA AVANÇA CAXINGÓ - PREMIAÇÃO POR MÉRITO" NO ÂMBITO DO SERVIÇO PÚBLICO MUNICIPAL DE CAXINGÓ/PI E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_015-2025_gil_assinado_com_recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_015-2025_gil_assinado_com_recibo.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação de Pais e Amigos dos Excepcionais de Caxingó – APAE de Caxingó.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/564/pl_017.2025-versao_completa_new.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/564/pl_017.2025-versao_completa_new.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta parágrafos aos artigos 1º e 2º e modifica a redação dos artigos 4º e 5º da Lei Municipal nº 004/1997, que cria o Conselho Municipal de Saúde e, dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/579/pl_018-2025-caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/579/pl_018-2025-caxingo.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Manejo de Resíduos Sólidos(TMRS) e, dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/583/img20251113_08151828.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/583/img20251113_08151828.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA MUNICIPAL DO VAQUEIRO” NO MUNICÍPIO DE CAXINGÓ, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_municipal_020_2025_reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_municipal_020_2025_reginaldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e denomina Praça com Quadra Poliesportiva da Comunidade Entre-Caatinga, Zona Rural, neste município – PRAÇA E QUADRA POLIESPORTIVA RENATO INÁCIO PEREIRA CARDOSO e, dá outras providências.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/589/img20251114_12281523.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/589/img20251114_12281523.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e denomina Quadra Poliesportiva da Comunidade Carreiras, Zona Rural, neste município – QUADRA POLIESPORTIVA ECYR JOSÉ DA SILVA e, dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/590/pl_022-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/590/pl_022-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PROCEDER A INDICAÇÃO DE BENS MÓVEIS, VEÍCULOS, SUCATAS, MATERIAIS INSERVÍVEIS, IRRECUPERÁVEIS E ANTIECONÔMICO DE PROPRIEDADE DO MUNICÍPIO, OBJETIVANDO POSTERIOR ALIENAÇÃO ATRAVÉS DE LICITAÇÃO NA MODALIDADE DE LEILÃO PÚBLICO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/591/pl_023-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/591/pl_023-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 15% (quinze por cento) aos ocupantes do cargo de passador do município de Caxingó, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/592/pl_024-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/592/pl_024-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Regulamentação bonificação, na forma de rateio, para os profissionais da educação em efetivo exercício no município de Caxingó, vide art. 26 da Lei Federal 14.113/2020 e art. 212-A, XI, da  Constituição federal, e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/594/pl_026-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/594/pl_026-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial e, dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/595/pl_027-2025_caxingo_com_oficio_assinado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/595/pl_027-2025_caxingo_com_oficio_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de aumento do limite dos créditos suplementares ao orçamento de Caxingó - PI e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/596/pl_028-2025_caxingo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/596/pl_028-2025_caxingo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominar ponte localizada no Povoado Candeio, Zona Rural, neste município e, dá outras providências.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/518/pr-001-2025-legislativo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/518/pr-001-2025-legislativo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei nº 14.133/2021 (nova Lei de Licitações e Contratos), no âmbito da Câmara Municipal de Caxingó-PI e dá outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_resolucao_002_2025_atualizacao_de_diarias.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_resolucao_002_2025_atualizacao_de_diarias.pdf</t>
   </si>
   <si>
     <t>Altera e atualiza o anexo I da Resolução N°. 009/2015, de 10 de Fevereiro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_resolucao_003_2025_altera_estrutura_administrativa.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_resolucao_003_2025_altera_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos II e III da Resolução N°. 002, de 12 de Março de 2012, que Cria cargos Efetivos e de Provimento em Comissão no Quadro de Pessoal da Câmara de Vereadores do Município de Caxingó, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_resolucao_004_2025_calendario_sessoes_ordinarias.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_resolucao_004_2025_calendario_sessoes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as datas e horário das Sessões Ordinárias do Poder Legislativo do município de Caxingó, Estado do Piauí, Exercício 2.025, e dá outras providências.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_006.2025-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_006.2025-geovane.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a instalação de calçamento em paralelepípedo no ASSENTAMENTO PEROABA e entorno da pracinha da Comunidade Peroaba, Zona Rural, Caxingó – Piauí.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_007.2025-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_007.2025-geovane.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a instalação de calçamento na Rua Mambert(continuidade), Zona Urbana, Caxingó – Piauí.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_bruno_oliveira.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_bruno_oliveira.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção de 01(Uma) praça com academia de saúde para a Comunidade Curralinho, neste município.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_009.2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_009.2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01(uma) passagem molhada na "Vila Sousa", no Povoado Carreiras, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_010.2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_010.2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01(uma) PRAÇA COM ACADEMIA DE SAÚDE, no Povoado Tourada, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_011.2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_011.2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER a implantação de ILUMINAÇÃO PÚBLICA no cemitério do Povoado Cajazeiras de Baixo, neste município.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_012.2025_ze-dos-remedios001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_012.2025_ze-dos-remedios001.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção da praça da igreja católica do Povoado Taboquinha, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento_013.2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento_013.2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE UMA PASSAGEM MOLHADA,na estrada do VAQUEJADOR, que liga a Sede do município ao Povoado Cedro, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento_014.2025-gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento_014.2025-gil.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE PAVIMENTAÇÃO EM PARALELEPÍPEDO (CALÇAMENTO) na Rua Projetada (Rua da Dona Cecilia), ao lado da Praça de Eventos Pedro Gomes de Lima, Centro, neste município.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento_015.2025-gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento_015.2025-gil.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE PISTA DE CAMINHADA (CALÇADA) ás margens da PI-305, que liga a Sede do município ao bairro Curralinho, Centro, neste município.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_daiana_assinado_016-2025.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_daiana_assinado_016-2025.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a Perfuração de um Poço na Localidade Candeio, Zona Rural, Caxingó – Piauí.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_017-2025-daiana.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_017-2025-daiana.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a Perfuração de um Poço na Vila ( Localidade Alegre da Ema), Zona Rural, Caxingó – Piauí.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_018.2025_jose-dos-remedios001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_018.2025_jose-dos-remedios001.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a perfuração de um poço no Povoado Apolinário, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_019-2025-daiana.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_019-2025-daiana.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie o alargamento da ponte da chegada da cidade de Caxingó- PI (próximo a Escola Felipe Neris Machado), na Zona Urbana, neste município.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_020-2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_020-2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE PAVIMENTAÇÃO EM PARALELEPÍPEDO (CALÇAMENTO) na “Vila Baixão”, no povoado Carreiras, zona rural deste município.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/542/requerimento_021-2025-gil-rodrigues.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/542/requerimento_021-2025-gil-rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE UM BUEIRO, na Rua João Martins, próximo a Praça de Eventos, no centro deste município.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/544/requerimento_022-2025-reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/544/requerimento_022-2025-reginaldo.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção de 01(uma) QUADRA POLIESPORTIVA COM 01(uma) PRAÇA E ACADEMIA DE SAÚDE para o Assentamento da Comunidade Entre-Caatinga, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento_023-2025-reginaldo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento_023-2025-reginaldo.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção de 01(Uma) praça em frente à Igreja Católica da Comunidade Entre-Caatinga, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_estrada_rio_longa_assinado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_estrada_rio_longa_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a RECUPERAÇÃO DA ESTRADA QUE LIGA A SEDE DO MUNICÍPIO AO RIO LONGÁ (Poço dos Homens), centro deste município.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento_calcamento_creche_assinado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento_calcamento_creche_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE PAVIMENTAÇÃO POLIÉDRICA (CALÇAMENTO) E ESTACIONAMENTO, em frente ao prédio da Creche Tia Lalá, no Centro, deste município.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_026.2025_renatim001.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_026.2025_renatim001.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a reforma/recuperação da Praça Pública da Comunidade Cajazeiras de Baixo, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_027-2025_quadra_assinado_gil.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_027-2025_quadra_assinado_gil.pdf</t>
   </si>
   <si>
     <t>REQUER a CONSTRUÇÃO DE UMA (01) QUADRA POLIESPORTIVA COBERTA, na Localidade Tourada, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_bruno_oliveira-assinado.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_bruno_oliveira-assinado.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção de 01(Uma) Praça com Academia de Saúde e internet livre, para a Comunidade Alegre da Ema, neste município.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_030-2025-geovane.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_030-2025-geovane.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a construção de 01(Uma) Praça em frente à Igreja de São Sebastião, na Comunidade Jacobina, neste município.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_031-2025-gil-com-recibo.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_031-2025-gil-com-recibo.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a CONSTRUÇÃO DE PAVIMENTAÇÃO EM PARALELEPÍPEDO(CALÇAMENTO) na Rua Arco-Iris (Vila Sampaio), no Bairro Curralinho, neste município.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_032.2025_renatim001_cajazeiras.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_032.2025_renatim001_cajazeiras.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a instalação de calçamento na Comunidade Cajazeiras de Baixo, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_033.2025_renatim002_carreiras.pdf</t>
+    <t>http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_033.2025_renatim002_carreiras.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Chefe do Executivo Municipal que providencie a instalação de calçamento na Comunidade Carreiras, Zona Rural, neste município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1266,68 +1266,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_ppa_2026-2029-caxingo_completo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/552/pdl_001-2025-01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_decreto_legislativo_001-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_decreto_legislativo_002-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/567/pdl_004_2025_eduardo_renatim.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/568/pdl_005_2025_igor_renatim.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/569/pdl_006_2025_marden_renatim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/570/pdl_007_2025_silmara_daiana.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/571/pdl_008_2025_ilvanete_daiana.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/572/pdl_009_2025_elizalba_bruno.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/573/pdl_010_2025_dallas_bruno.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/574/pdl_011_2025_rdo_oliveira_bruno.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/575/pdl_012_2025_florentino_bruno.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/576/pdl_014-2025_luciano_gil.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/577/pdl_014_2025_salustiano_geovane.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/578/pdl_015_2025_diana_geovane.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/581/pdl_016_2025_armando_geovane.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/582/pdl_017-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/584/pdl_018_2025_ant_lima_ze.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/585/pdl_019_2025_fco_araujo_ze.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/587/pdl_020_2025_magnum_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/588/pdl_021_2025_julio_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/580/plc_001-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/551/pldo_008.2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/593/pl_025-2025_loa_caxingo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/517/pl_001-2025-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/516/pl_002-2025-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/519/pl_003.2025-caxingo-completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/520/pl_004.2025-caxingo-completo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/521/pl_005.2025-caxingo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/529/pl_06.2025-caxingo-alterado-01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/533/pl_007.2025-completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/554/pl_009.2025-com-anexo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/557/pl_010.2025-com-anexo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_011-2025-gil-rodrigues_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/559/pl_012-2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/560/pl_013-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/561/pl_014-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_015-2025_gil_assinado_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/564/pl_017.2025-versao_completa_new.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/579/pl_018-2025-caxingo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/583/img20251113_08151828.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_municipal_020_2025_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/589/img20251114_12281523.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/590/pl_022-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/591/pl_023-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/592/pl_024-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/594/pl_026-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/595/pl_027-2025_caxingo_com_oficio_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/596/pl_028-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/518/pr-001-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_resolucao_002_2025_atualizacao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_resolucao_003_2025_altera_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_resolucao_004_2025_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_006.2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_007.2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_bruno_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_009.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_010.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_011.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_012.2025_ze-dos-remedios001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento_013.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento_014.2025-gil.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento_015.2025-gil.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_daiana_assinado_016-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_017-2025-daiana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_018.2025_jose-dos-remedios001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_019-2025-daiana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_020-2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/542/requerimento_021-2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/544/requerimento_022-2025-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento_023-2025-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_estrada_rio_longa_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento_calcamento_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_026.2025_renatim001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_027-2025_quadra_assinado_gil.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_bruno_oliveira-assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_030-2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_031-2025-gil-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_032.2025_renatim001_cajazeiras.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_033.2025_renatim002_carreiras.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_ppa_2026-2029-caxingo_completo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/552/pdl_001-2025-01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_decreto_legislativo_001-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_decreto_legislativo_002-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/567/pdl_004_2025_eduardo_renatim.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/568/pdl_005_2025_igor_renatim.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/569/pdl_006_2025_marden_renatim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/570/pdl_007_2025_silmara_daiana.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/571/pdl_008_2025_ilvanete_daiana.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/572/pdl_009_2025_elizalba_bruno.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/573/pdl_010_2025_dallas_bruno.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/574/pdl_011_2025_rdo_oliveira_bruno.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/575/pdl_012_2025_florentino_bruno.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/576/pdl_014-2025_luciano_gil.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/577/pdl_014_2025_salustiano_geovane.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/578/pdl_015_2025_diana_geovane.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/581/pdl_016_2025_armando_geovane.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/582/pdl_017-2025_gil.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/584/pdl_018_2025_ant_lima_ze.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/585/pdl_019_2025_fco_araujo_ze.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/587/pdl_020_2025_magnum_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/588/pdl_021_2025_julio_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/580/plc_001-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/551/pldo_008.2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/593/pl_025-2025_loa_caxingo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/517/pl_001-2025-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/516/pl_002-2025-com-anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/519/pl_003.2025-caxingo-completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/520/pl_004.2025-caxingo-completo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/521/pl_005.2025-caxingo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/529/pl_06.2025-caxingo-alterado-01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/533/pl_007.2025-completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/554/pl_009.2025-com-anexo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/557/pl_010.2025-com-anexo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_011-2025-gil-rodrigues_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/559/pl_012-2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/560/pl_013-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/561/pl_014-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_015-2025_gil_assinado_com_recibo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/564/pl_017.2025-versao_completa_new.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/579/pl_018-2025-caxingo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/583/img20251113_08151828.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_municipal_020_2025_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/589/img20251114_12281523.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/590/pl_022-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/591/pl_023-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/592/pl_024-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/594/pl_026-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/595/pl_027-2025_caxingo_com_oficio_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/596/pl_028-2025_caxingo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/518/pr-001-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_resolucao_002_2025_atualizacao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_resolucao_003_2025_altera_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/535/projeto_resolucao_004_2025_calendario_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_006.2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_007.2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_bruno_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_009.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_010.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_011.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_012.2025_ze-dos-remedios001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento_013.2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento_014.2025-gil.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento_015.2025-gil.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_daiana_assinado_016-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_017-2025-daiana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_018.2025_jose-dos-remedios001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento_019-2025-daiana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_020-2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/542/requerimento_021-2025-gil-rodrigues.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/544/requerimento_022-2025-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/543/requerimento_023-2025-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/545/requerimento_estrada_rio_longa_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento_calcamento_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_026.2025_renatim001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_027-2025_quadra_assinado_gil.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_bruno_oliveira-assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_030-2025-geovane.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_031-2025-gil-com-recibo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_032.2025_renatim001_cajazeiras.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caxingo.pi.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_033.2025_renatim002_carreiras.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>